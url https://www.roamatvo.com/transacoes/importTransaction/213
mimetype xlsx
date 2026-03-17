--- v0 (2025-12-13)
+++ v1 (2026-03-17)
@@ -491,124 +491,124 @@
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:B40"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="str">
-        <f>"89852342022334897856"</f>
-        <v>89852342022334897856</v>
+        <f>"89852342022211744643"</f>
+        <v>89852342022211744643</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>1</v>
       </c>
       <c r="B2" t="str">
         <f>"CMOVEL"</f>
         <v>CMOVEL</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
         <v>2</v>
       </c>
       <c r="B3" t="str">
         <f>"29819127	"</f>
         <v>29819127	</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4" t="str">
         <f>"CMOVEL"</f>
         <v>CMOVEL</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>4</v>
       </c>
       <c r="B5" t="str">
-        <f>"6000_141125_2_LOTE"</f>
-        <v>6000_141125_2_LOTE</v>
+        <f>"1"</f>
+        <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>5</v>
       </c>
       <c r="B6" t="str">
         <f>"6000_141125_2_LOTE"</f>
         <v>6000_141125_2_LOTE</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>6</v>
       </c>
       <c r="B7" t="str">
         <f>""</f>
         <v/>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>7</v>
       </c>
       <c r="B8" t="str">
-        <f>"Cancelamento"</f>
-        <v>Cancelamento</v>
+        <f>"Venda"</f>
+        <v>Venda</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
         <v>8</v>
       </c>
       <c r="B9" t="str">
-        <f>"11/12/2025  18:43Hs"</f>
-        <v>11/12/2025  18:43Hs</v>
+        <f>"11/12/2025  17:38Hs"</f>
+        <v>11/12/2025  17:38Hs</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
         <v>9</v>
       </c>
       <c r="B10" t="str">
         <f>"21/12/2025"</f>
         <v>21/12/2025</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
         <v>10</v>
       </c>
       <c r="B11" t="str">
         <f>"15/01/2026"</f>
         <v>15/01/2026</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
         <v>11</v>
       </c>
       <c r="B12" t="str">
@@ -716,52 +716,52 @@
       </c>
     </row>
     <row r="24" spans="1:2">
       <c r="A24" t="s">
         <v>23</v>
       </c>
       <c r="B24" t="str">
         <f>""</f>
         <v/>
       </c>
     </row>
     <row r="25" spans="1:2">
       <c r="A25" t="s">
         <v>24</v>
       </c>
       <c r="B25" t="str">
         <f>"25"</f>
         <v>25</v>
       </c>
     </row>
     <row r="26" spans="1:2">
       <c r="A26" t="s">
         <v>25</v>
       </c>
       <c r="B26" t="str">
-        <f>""</f>
-        <v/>
+        <f>"S"</f>
+        <v>S</v>
       </c>
     </row>
     <row r="27" spans="1:2">
       <c r="A27" t="s">
         <v>26</v>
       </c>
       <c r="B27" t="str">
         <f>""</f>
         <v/>
       </c>
     </row>
     <row r="28" spans="1:2">
       <c r="A28" t="s">
         <v>27</v>
       </c>
       <c r="B28" t="str">
         <f>""</f>
         <v/>
       </c>
     </row>
     <row r="29" spans="1:2">
       <c r="A29" t="s">
         <v>28</v>
       </c>
       <c r="B29" t="str">